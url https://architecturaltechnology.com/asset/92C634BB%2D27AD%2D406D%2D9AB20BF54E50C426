--- v0 (2025-10-05)
+++ v1 (2026-02-09)
@@ -1,58 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5049DE5B" w14:textId="155DFC5C" w:rsidR="005832F5" w:rsidRDefault="002C7803" w:rsidP="00976010">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="005832F5">
         <w:t>Application form</w:t>
       </w:r>
       <w:r w:rsidR="00E06179" w:rsidRPr="005832F5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DE4036">
         <w:t>to register as an</w:t>
       </w:r>
       <w:r w:rsidR="00E06179" w:rsidRPr="005832F5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005832F5">
         <w:br/>
       </w:r>
       <w:r w:rsidR="0082584B">
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00E06179" w:rsidRPr="005832F5">
@@ -207,63 +211,55 @@
       </w:r>
       <w:r w:rsidR="0062088D">
         <w:rPr>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>the primary designat</w:t>
       </w:r>
       <w:r w:rsidR="00D46ABF">
         <w:rPr>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>ed</w:t>
       </w:r>
       <w:r w:rsidR="0062088D">
         <w:rPr>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve"> contact, who should hold a senior management position </w:t>
       </w:r>
       <w:r w:rsidR="005F1BAA">
         <w:rPr>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve">with authority to sign on behalf of their </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00D46ABF">
         <w:rPr>
           <w:szCs w:val="17"/>
         </w:rPr>
-        <w:t>organisation</w:t>
-[...6 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>organisation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22399F13" w14:textId="77777777" w:rsidR="00466A33" w:rsidRPr="00A13360" w:rsidRDefault="00466A33" w:rsidP="00976010">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="341017F0" w14:textId="1B5BEA17" w:rsidR="00466A33" w:rsidRDefault="00466A33" w:rsidP="00976010">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A13360">
         <w:rPr>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve">We aim to process </w:t>
       </w:r>
@@ -296,65 +292,51 @@
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve"> we will be in contact.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="596E2932" w14:textId="77777777" w:rsidR="00460375" w:rsidRDefault="00460375" w:rsidP="00460375">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41B5C0FC" w14:textId="507B5CD9" w:rsidR="00460375" w:rsidRDefault="00460375" w:rsidP="00976010">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="17"/>
         </w:rPr>
-        <w:t xml:space="preserve">If you represent a branch/division/office or department of a large or multi/office/national </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> and you wish to join on behalf of your branch/division/office or department</w:t>
+        <w:t>If you represent a branch/division/office or department of a large or multi/office/national organisation and you wish to join on behalf of your branch/division/office or department</w:t>
       </w:r>
       <w:r w:rsidR="00AC37CB">
         <w:rPr>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve"> please contact </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="00976010" w:rsidRPr="006C211C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="17"/>
           </w:rPr>
           <w:t>membership@ciat.global</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00976010">
         <w:rPr>
           <w:szCs w:val="17"/>
@@ -368,57 +350,58 @@
         <w:t>who can provide the necessary guidance and policies</w:t>
       </w:r>
       <w:r w:rsidR="00D46ABF">
         <w:rPr>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00013FEC">
         <w:rPr>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BC80412" w14:textId="77777777" w:rsidR="00460375" w:rsidRDefault="00460375" w:rsidP="00460375">
       <w:pPr>
         <w:pStyle w:val="pullout"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48502A7C" w14:textId="18762CAF" w:rsidR="00FF27D0" w:rsidRPr="00B80004" w:rsidRDefault="0089018D" w:rsidP="00460375">
+    <w:p w14:paraId="48502A7C" w14:textId="41C3FBAD" w:rsidR="00FF27D0" w:rsidRPr="00377596" w:rsidRDefault="0089018D" w:rsidP="00460375">
       <w:pPr>
         <w:pStyle w:val="pullout"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E2CCC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve">To remind you of </w:t>
       </w:r>
       <w:r w:rsidR="00FF27D0" w:rsidRPr="006E2CCC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>the benefits</w:t>
       </w:r>
       <w:r w:rsidR="00466A33" w:rsidRPr="006E2CCC">
         <w:rPr>
           <w:b/>
@@ -460,89 +443,80 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>bronze, silver and gold</w:t>
       </w:r>
       <w:r w:rsidR="00FF27D0" w:rsidRPr="006E2CCC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve"> tiers</w:t>
       </w:r>
       <w:r w:rsidR="00764678">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve">, please </w:t>
       </w:r>
-      <w:r w:rsidRPr="006E2CCC">
+      <w:r w:rsidR="00623C42">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
-        <w:t>visit</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">click </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="00B80004" w:rsidRPr="00B80004">
+        <w:r w:rsidR="00623C42">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="17"/>
             <w:szCs w:val="17"/>
           </w:rPr>
-          <w:t>architecturaltechnology.com/joining/agbc.html</w:t>
+          <w:t>here</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="00623C42">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="2F6121C8" w14:textId="77777777" w:rsidR="00460375" w:rsidRDefault="00460375" w:rsidP="00460375">
       <w:pPr>
         <w:pStyle w:val="pullout"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="27313DC8" w14:textId="42DA5368" w:rsidR="000C30B9" w:rsidRPr="000C30B9" w:rsidRDefault="000C30B9" w:rsidP="00764678">
       <w:pPr>
         <w:pStyle w:val="pullout"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
@@ -811,81 +785,65 @@
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="00FF27D0">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>tier</w:t>
       </w:r>
       <w:r w:rsidR="002444AC" w:rsidRPr="00EE09E7">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002444AC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">based on the size of your </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="002444AC">
+        <w:t>based on the size of your organi</w:t>
+      </w:r>
+      <w:r w:rsidR="008D22D4">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>organi</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008D22D4">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="002444AC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>s</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve">ation: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="246C0DBC" w14:textId="6F9F6CB8" w:rsidR="00A47DC4" w:rsidRPr="003C57FF" w:rsidRDefault="00832FBE" w:rsidP="00832FBE">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="479"/>
           <w:tab w:val="left" w:pos="480"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="288" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C57FF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -955,57 +913,57 @@
             <w:r w:rsidR="00764678" w:rsidRPr="00764678">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="Check1"/>
             <w:r w:rsidR="00764678" w:rsidRPr="00764678">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00AF68F6">
-[...5 lines deleted...]
-            <w:r w:rsidR="00AF68F6">
+            <w:r w:rsidR="00764678" w:rsidRPr="00764678">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00764678" w:rsidRPr="00764678">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00764678" w:rsidRPr="00764678">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="00764678">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1073,57 +1031,57 @@
             </w:r>
             <w:r w:rsidR="003E7199" w:rsidRPr="00764678">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="003E7199" w:rsidRPr="00764678">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00AF68F6">
-[...5 lines deleted...]
-            <w:r w:rsidR="00AF68F6">
+            <w:r w:rsidR="003E7199" w:rsidRPr="00764678">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="003E7199" w:rsidRPr="00764678">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="003E7199" w:rsidRPr="00764678">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2402" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F419425" w14:textId="4BDA9C44" w:rsidR="00A47DC4" w:rsidRPr="00764678" w:rsidRDefault="00A47DC4" w:rsidP="00832FBE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="479"/>
@@ -1181,57 +1139,57 @@
             </w:r>
             <w:r w:rsidR="003E7199" w:rsidRPr="00764678">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="003E7199" w:rsidRPr="00764678">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00AF68F6">
-[...5 lines deleted...]
-            <w:r w:rsidR="00AF68F6">
+            <w:r w:rsidR="003E7199" w:rsidRPr="00764678">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="003E7199" w:rsidRPr="00764678">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="003E7199" w:rsidRPr="00764678">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2548" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71DD2981" w14:textId="38F75FB3" w:rsidR="00A47DC4" w:rsidRPr="00764678" w:rsidRDefault="00A47DC4" w:rsidP="00832FBE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="479"/>
@@ -1289,57 +1247,57 @@
             </w:r>
             <w:r w:rsidR="003E7199" w:rsidRPr="00764678">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="003E7199" w:rsidRPr="00764678">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00AF68F6">
-[...5 lines deleted...]
-            <w:r w:rsidR="00AF68F6">
+            <w:r w:rsidR="003E7199" w:rsidRPr="00764678">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="003E7199" w:rsidRPr="00764678">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="003E7199" w:rsidRPr="00764678">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3647282F" w14:textId="117856BA" w:rsidR="00A47DC4" w:rsidRDefault="00832FBE" w:rsidP="00832FBE">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1" w:line="254" w:lineRule="auto"/>
         <w:ind w:right="1009"/>
       </w:pPr>
       <w:r w:rsidRPr="003C57FF">
         <w:t xml:space="preserve">  </w:t>
@@ -1393,57 +1351,57 @@
             </w:r>
             <w:r w:rsidR="00764678" w:rsidRPr="00570C6B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00764678" w:rsidRPr="00570C6B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00AF68F6">
-[...5 lines deleted...]
-            <w:r w:rsidR="00AF68F6">
+            <w:r w:rsidR="00764678" w:rsidRPr="00570C6B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00764678" w:rsidRPr="00570C6B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00764678" w:rsidRPr="00570C6B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00570C6B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1509,57 +1467,57 @@
             </w:r>
             <w:r w:rsidR="003E7199" w:rsidRPr="00570C6B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="003E7199" w:rsidRPr="00570C6B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00AF68F6">
-[...5 lines deleted...]
-            <w:r w:rsidR="00AF68F6">
+            <w:r w:rsidR="003E7199" w:rsidRPr="00570C6B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="003E7199" w:rsidRPr="00570C6B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="003E7199" w:rsidRPr="00570C6B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2402" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0B109F78" w14:textId="26A7BB4E" w:rsidR="00A47DC4" w:rsidRPr="00570C6B" w:rsidRDefault="00A47DC4" w:rsidP="00EB5A0C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="479"/>
                 <w:tab w:val="left" w:pos="480"/>
@@ -1615,57 +1573,57 @@
             </w:r>
             <w:r w:rsidR="003E7199" w:rsidRPr="00570C6B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="003E7199" w:rsidRPr="00570C6B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00AF68F6">
-[...5 lines deleted...]
-            <w:r w:rsidR="00AF68F6">
+            <w:r w:rsidR="003E7199" w:rsidRPr="00570C6B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="003E7199" w:rsidRPr="00570C6B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="003E7199" w:rsidRPr="00570C6B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2548" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17C276A5" w14:textId="4AF5881F" w:rsidR="00A47DC4" w:rsidRPr="00570C6B" w:rsidRDefault="00A47DC4" w:rsidP="00EB5A0C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="479"/>
                 <w:tab w:val="left" w:pos="480"/>
@@ -1722,57 +1680,57 @@
             </w:r>
             <w:r w:rsidR="003E7199" w:rsidRPr="00570C6B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="003E7199" w:rsidRPr="00570C6B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00AF68F6">
-[...5 lines deleted...]
-            <w:r w:rsidR="00AF68F6">
+            <w:r w:rsidR="003E7199" w:rsidRPr="00570C6B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="003E7199" w:rsidRPr="00570C6B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="003E7199" w:rsidRPr="00570C6B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5C40905D" w14:textId="2603D6A3" w:rsidR="00A47DC4" w:rsidRPr="00A86D25" w:rsidRDefault="00A47DC4" w:rsidP="00F93702">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1" w:line="254" w:lineRule="auto"/>
         <w:ind w:right="1009"/>
       </w:pPr>
     </w:p>
     <w:tbl>
@@ -1823,57 +1781,57 @@
             </w:r>
             <w:r w:rsidR="00570C6B" w:rsidRPr="00570C6B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00570C6B" w:rsidRPr="00570C6B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00AF68F6">
-[...5 lines deleted...]
-            <w:r w:rsidR="00AF68F6">
+            <w:r w:rsidR="00570C6B" w:rsidRPr="00570C6B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00570C6B" w:rsidRPr="00570C6B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00570C6B" w:rsidRPr="00570C6B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00570C6B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1939,57 +1897,57 @@
             </w:r>
             <w:r w:rsidR="003E7199" w:rsidRPr="00570C6B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="003E7199" w:rsidRPr="00570C6B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00AF68F6">
-[...5 lines deleted...]
-            <w:r w:rsidR="00AF68F6">
+            <w:r w:rsidR="003E7199" w:rsidRPr="00570C6B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="003E7199" w:rsidRPr="00570C6B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="003E7199" w:rsidRPr="00570C6B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2402" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="64E6CDD7" w14:textId="3BDDE9E9" w:rsidR="00A47DC4" w:rsidRPr="00570C6B" w:rsidRDefault="00A47DC4" w:rsidP="00EB5A0C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="479"/>
                 <w:tab w:val="left" w:pos="480"/>
@@ -2046,57 +2004,57 @@
             </w:r>
             <w:r w:rsidR="003E7199" w:rsidRPr="00570C6B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="003E7199" w:rsidRPr="00570C6B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00AF68F6">
-[...5 lines deleted...]
-            <w:r w:rsidR="00AF68F6">
+            <w:r w:rsidR="003E7199" w:rsidRPr="00570C6B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="003E7199" w:rsidRPr="00570C6B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="003E7199" w:rsidRPr="00570C6B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2548" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0573900B" w14:textId="3FE3CAF1" w:rsidR="00A47DC4" w:rsidRPr="00570C6B" w:rsidRDefault="00A47DC4" w:rsidP="00EB5A0C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="479"/>
                 <w:tab w:val="left" w:pos="480"/>
@@ -2153,57 +2111,57 @@
             </w:r>
             <w:r w:rsidR="003E7199" w:rsidRPr="00570C6B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="003E7199" w:rsidRPr="00570C6B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00AF68F6">
-[...5 lines deleted...]
-            <w:r w:rsidR="00AF68F6">
+            <w:r w:rsidR="003E7199" w:rsidRPr="00570C6B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="003E7199" w:rsidRPr="00570C6B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="003E7199" w:rsidRPr="00570C6B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="68456A88" w14:textId="6A305BD9" w:rsidR="007015B7" w:rsidRPr="00A86D25" w:rsidRDefault="007015B7" w:rsidP="00F93702">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1" w:line="254" w:lineRule="auto"/>
         <w:ind w:right="1009"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1A1E1223" w14:textId="137A9F80" w:rsidR="00F671C1" w:rsidRPr="00063BFD" w:rsidRDefault="00063BFD" w:rsidP="00063BFD">
@@ -2244,73 +2202,51 @@
         <w:rPr>
           <w:b w:val="0"/>
           <w:spacing w:val="4"/>
           <w:sz w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the </w:t>
       </w:r>
       <w:r w:rsidR="006C4A19">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>primary designated</w:t>
       </w:r>
       <w:r w:rsidR="00460375">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
-        <w:t>/</w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> person</w:t>
+        <w:t>/authorised person</w:t>
       </w:r>
       <w:r w:rsidR="006C4A19">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B30F02">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve">for </w:t>
       </w:r>
       <w:r w:rsidR="006C4A19">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
@@ -2331,55 +2267,53 @@
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1838"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="887"/>
         <w:gridCol w:w="783"/>
         <w:gridCol w:w="1718"/>
         <w:gridCol w:w="3274"/>
       </w:tblGrid>
       <w:tr w:rsidR="00283F28" w14:paraId="7E1714C1" w14:textId="77777777" w:rsidTr="00A06035">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0EAA8423" w14:textId="1ED756D2" w:rsidR="00283F28" w:rsidRDefault="006C4A19" w:rsidP="00A113A0">
             <w:pPr>
               <w:spacing w:before="54" w:after="54"/>
               <w:ind w:left="67"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Name of </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00377596">
               <w:t>organisation</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8363" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="3E9BE7C4" w14:textId="77777777" w:rsidR="00283F28" w:rsidRDefault="006D04A4" w:rsidP="00A113A0">
             <w:pPr>
               <w:spacing w:before="54" w:after="54"/>
               <w:ind w:left="67"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="Text1"/>
             <w:r w:rsidR="00F92ECF">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -2419,62 +2353,54 @@
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC1D68" w14:paraId="79105E30" w14:textId="77777777" w:rsidTr="00430CCD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5684260D" w14:textId="1A301CC2" w:rsidR="00EC1D68" w:rsidRDefault="00EC1D68" w:rsidP="00570C6B">
             <w:pPr>
               <w:spacing w:before="54" w:after="54"/>
               <w:ind w:left="95"/>
             </w:pPr>
             <w:r>
               <w:t>Surname</w:t>
             </w:r>
             <w:r w:rsidR="006E2CCC">
               <w:t xml:space="preserve"> and forename(s) of</w:t>
             </w:r>
             <w:r w:rsidR="00570C6B">
-              <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-              <w:t>a</w:t>
+              <w:t xml:space="preserve"> a</w:t>
             </w:r>
             <w:r w:rsidR="00B30F02">
-              <w:t>uthorised</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> person</w:t>
+              <w:t>uthorised person</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8363" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="26B496F8" w14:textId="77777777" w:rsidR="00EC1D68" w:rsidRDefault="006D04A4" w:rsidP="00A113A0">
             <w:pPr>
               <w:spacing w:before="54" w:after="54"/>
               <w:ind w:left="67"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00330E8C">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -2579,275 +2505,65 @@
             </w:r>
             <w:r w:rsidR="00F92ECF">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00F92ECF">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00F92ECF">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00430CCD" w14:paraId="3221B653" w14:textId="77777777" w:rsidTr="00430CCD">
-[...206 lines deleted...]
-      </w:tr>
       <w:tr w:rsidR="00EC1D68" w14:paraId="5D957008" w14:textId="77777777" w:rsidTr="00430CCD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="525C5C87" w14:textId="53AF8792" w:rsidR="00EC1D68" w:rsidRDefault="00430CCD" w:rsidP="00430CCD">
             <w:pPr>
               <w:spacing w:before="54" w:after="54"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00C10DF8">
               <w:t>Organisation</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00874792">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00B348A8">
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidR="00EC1D68">
               <w:t>ddress</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8363" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="3C5680BC" w14:textId="77777777" w:rsidR="00EC1D68" w:rsidRDefault="006D04A4" w:rsidP="00A113A0">
             <w:pPr>
               <w:spacing w:before="54" w:after="54"/>
               <w:ind w:left="67"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
@@ -3461,107 +3177,99 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B37915" w14:paraId="7CF2BEEA" w14:textId="77777777" w:rsidTr="00430CCD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A306CBE" w14:textId="2B55D906" w:rsidR="00B37915" w:rsidRDefault="00B37915" w:rsidP="00A113A0">
             <w:pPr>
               <w:spacing w:before="54" w:after="54"/>
               <w:ind w:left="95"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Is this </w:t>
             </w:r>
             <w:r w:rsidR="005A54A4">
-              <w:t xml:space="preserve">your </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> only office?</w:t>
+              <w:t>your organisation’s only office?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8363" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="4EC88067" w14:textId="6533A9D9" w:rsidR="005A54A4" w:rsidRDefault="005A54A4" w:rsidP="00013FEC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3560"/>
               </w:tabs>
               <w:spacing w:before="54" w:after="54"/>
               <w:ind w:left="67"/>
             </w:pPr>
             <w:r>
               <w:t>Yes</w:t>
             </w:r>
             <w:r w:rsidR="00013FEC">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0B84ABB4" w14:textId="6E287EE7" w:rsidR="005A6775" w:rsidRPr="00A13360" w:rsidRDefault="00675A8D" w:rsidP="00EC64E6">
       <w:pPr>
         <w:pStyle w:val="smallitalic"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="27CED3F3" w14:textId="1A875E7F" w:rsidR="000621DE" w:rsidRDefault="000621DE" w:rsidP="006516BB">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:spacing w:val="4"/>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00637C2F">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">SECTION </w:t>
       </w:r>
       <w:r w:rsidR="00F33204" w:rsidRPr="00637C2F">
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidRPr="00637C2F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006516BB" w:rsidRPr="00637C2F">
         <w:rPr>
           <w:b w:val="0"/>
           <w:spacing w:val="4"/>
           <w:sz w:val="17"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="00CD0AF2">
         <w:rPr>
           <w:b w:val="0"/>
           <w:spacing w:val="4"/>
           <w:sz w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve"> Employees and main contact </w:t>
       </w:r>
     </w:p>
@@ -3589,55 +3297,53 @@
             <w:pPr>
               <w:spacing w:before="54" w:after="54"/>
               <w:ind w:left="95"/>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Please state the </w:t>
             </w:r>
             <w:r w:rsidR="00DE4036">
               <w:t>current</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> n</w:t>
             </w:r>
             <w:r w:rsidRPr="00F05B51">
               <w:t xml:space="preserve">umber of </w:t>
             </w:r>
             <w:r w:rsidR="00377596">
               <w:t xml:space="preserve">all </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">employees at your </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="0062088D">
               <w:t>organisation</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5643" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="33230759" w14:textId="77777777" w:rsidR="00CD0AF2" w:rsidRDefault="00CD0AF2" w:rsidP="001B6ABD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3560"/>
               </w:tabs>
               <w:spacing w:before="54" w:after="54"/>
               <w:ind w:left="67"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -3677,74 +3383,64 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD0AF2" w14:paraId="6189B4DC" w14:textId="77777777" w:rsidTr="001B6ABD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4595" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="119361F9" w14:textId="642BBB22" w:rsidR="00CD0AF2" w:rsidRPr="00F05B51" w:rsidRDefault="00CD0AF2" w:rsidP="001B6ABD">
             <w:pPr>
               <w:spacing w:before="54" w:after="54"/>
               <w:ind w:left="95"/>
             </w:pPr>
             <w:r>
               <w:t>Please provide the name</w:t>
             </w:r>
             <w:r w:rsidR="00404BD7">
-              <w:t xml:space="preserve">, </w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>, position</w:t>
+            </w:r>
             <w:r>
               <w:t xml:space="preserve"> and email address</w:t>
             </w:r>
             <w:r w:rsidR="00B30F02">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="005A54A4">
               <w:t xml:space="preserve">of the person </w:t>
             </w:r>
             <w:r w:rsidR="00B30F02">
-              <w:t xml:space="preserve">to be your </w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>to be your organisation’s</w:t>
+            </w:r>
             <w:r w:rsidR="00457631">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006C4A19">
               <w:t>deputy</w:t>
             </w:r>
             <w:r w:rsidR="00B30F02">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>point of contact</w:t>
             </w:r>
             <w:r w:rsidR="0090423B">
               <w:t xml:space="preserve"> for AGBC.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5643" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6E37CE63" w14:textId="77777777" w:rsidR="00CD0AF2" w:rsidRDefault="00CD0AF2" w:rsidP="001B6ABD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3560"/>
@@ -3852,59 +3548,51 @@
       </w:r>
       <w:r w:rsidR="008729F6" w:rsidRPr="0066133D">
         <w:rPr>
           <w:b w:val="0"/>
           <w:spacing w:val="4"/>
           <w:sz w:val="17"/>
         </w:rPr>
         <w:t>– Declaration</w:t>
       </w:r>
       <w:r w:rsidR="008729F6" w:rsidRPr="0066133D">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i/>
           <w:spacing w:val="4"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="132830CA" w14:textId="77777777" w:rsidR="00FE5FEC" w:rsidRDefault="00FE5FEC" w:rsidP="002707D3">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">On behalf on my </w:t>
-[...7 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>On behalf on my organisation:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52C92156" w14:textId="77777777" w:rsidR="00FE5FEC" w:rsidRDefault="00FE5FEC" w:rsidP="002707D3">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2D6F43F9" w14:textId="66E78F49" w:rsidR="00260D13" w:rsidRPr="006C4A19" w:rsidRDefault="0066133D" w:rsidP="00EC64E6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC64E6">
         <w:rPr>
           <w:sz w:val="17"/>
@@ -4290,71 +3978,76 @@
         <w:r w:rsidR="0066133D" w:rsidRPr="00D2267B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:sz w:val="17"/>
             <w:szCs w:val="17"/>
           </w:rPr>
           <w:t>Code of Conduct</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0066133D" w:rsidRPr="00EC64E6">
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>, and any other directive issued by CIAT.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="768BB8B3" w14:textId="3D72B21E" w:rsidR="0083409D" w:rsidRPr="00AA2710" w:rsidRDefault="00D53B07" w:rsidP="00AA2710">
       <w:pPr>
         <w:ind w:firstLine="426"/>
         <w:rPr>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Hlk50555272"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk50555272"/>
       <w:r w:rsidRPr="00AA2710">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve">*Can be found at: </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidR="00562F77" w:rsidRPr="00AA2710">
         <w:rPr>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00562F77" w:rsidRPr="00AA2710">
         <w:rPr>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> HYPERLINK "https://architecturaltechnology.com/resource/ciat-regulations.html" </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00562F77" w:rsidRPr="00AA2710">
+        <w:rPr>
+          <w:szCs w:val="17"/>
+        </w:rPr>
       </w:r>
       <w:r w:rsidR="00562F77" w:rsidRPr="00AA2710">
         <w:rPr>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00562F77" w:rsidRPr="00AA2710">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>https://architecturaltechnology.com/resource/ciat-regulations.html</w:t>
       </w:r>
       <w:r w:rsidR="00562F77" w:rsidRPr="00AA2710">
         <w:rPr>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00562F77" w:rsidRPr="00AA2710">
         <w:rPr>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -4804,59 +4497,51 @@
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00FB5CEF">
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49A58AD3" w14:textId="219232E3" w:rsidR="0066133D" w:rsidRDefault="0066133D" w:rsidP="002707D3">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D2267B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>N.B.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> You</w:t>
       </w:r>
       <w:r w:rsidR="00FD33B5">
-        <w:t xml:space="preserve">r </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">r organisation </w:t>
       </w:r>
       <w:r w:rsidR="0062088D">
         <w:t xml:space="preserve">cannot </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">elect to be excluded from CIAT related mailings (via mail or email). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16E3C391" w14:textId="4DA9A2F4" w:rsidR="0066133D" w:rsidRDefault="0066133D" w:rsidP="002707D3">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-13" w:type="dxa"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2019"/>
         <w:gridCol w:w="3053"/>
         <w:gridCol w:w="794"/>
@@ -4872,59 +4557,51 @@
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0D0C328B" w14:textId="5C70C107" w:rsidR="00AC6FEB" w:rsidRDefault="00153482" w:rsidP="005911B5">
             <w:pPr>
               <w:spacing w:before="54" w:after="54"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Signature of </w:t>
             </w:r>
             <w:r w:rsidR="0062088D">
               <w:t xml:space="preserve">primary </w:t>
             </w:r>
             <w:r w:rsidR="006C4A19">
               <w:t>designated</w:t>
             </w:r>
             <w:r w:rsidR="00AA2710">
-              <w:t>/</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> person</w:t>
+              <w:t>/authorised person</w:t>
             </w:r>
             <w:r w:rsidR="005911B5">
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="002C1CF3">
               <w:t xml:space="preserve"> (as noted in section A)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2ECDC530" w14:textId="4BD343AC" w:rsidR="00AA2710" w:rsidRDefault="00AA2710" w:rsidP="005911B5">
             <w:pPr>
               <w:spacing w:before="54" w:after="54"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Job title </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3053" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
@@ -5125,139 +4802,139 @@
       <w:r>
         <w:t>I have completed the following:</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="220E460B" w14:textId="586B8103" w:rsidR="005911B5" w:rsidRDefault="006D04A4" w:rsidP="009F6AEE">
       <w:pPr>
         <w:pStyle w:val="checkbox"/>
         <w:keepNext/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="Check2"/>
+      <w:bookmarkStart w:id="3" w:name="Check2"/>
       <w:r w:rsidR="005911B5">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AF68F6">
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidR="005911B5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005911B5">
         <w:tab/>
         <w:t>All sections of the application form</w:t>
       </w:r>
       <w:r w:rsidR="001F02BC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009F6AEE">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009F6AEE">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009F6AEE">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009F6AEE">
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00D518C8">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AF68F6">
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00D518C8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D518C8">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009576DB">
         <w:t xml:space="preserve">Signed the declaration in Section </w:t>
       </w:r>
       <w:r w:rsidR="003B0851">
         <w:t>C</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="148A7ACF" w14:textId="3E6F04FB" w:rsidR="009576DB" w:rsidRDefault="006D04A4" w:rsidP="005911B5">
       <w:pPr>
         <w:pStyle w:val="checkbox"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="005911B5">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AF68F6">
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="005911B5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005911B5">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00245E8C">
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="009576DB">
         <w:t>he appropriate fee(s)</w:t>
       </w:r>
       <w:r w:rsidR="00245E8C">
         <w:t xml:space="preserve"> to be paid</w:t>
       </w:r>
       <w:r w:rsidR="00E14340">
         <w:t xml:space="preserve"> via BACS or by card over the phone</w:t>
       </w:r>
       <w:r w:rsidR="00615774">
         <w:t>. If you require an invoice</w:t>
@@ -5657,60 +5334,60 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="61F64162" w14:textId="77777777" w:rsidR="00D16D41" w:rsidRPr="005911B5" w:rsidRDefault="00D16D41" w:rsidP="00D63677">
             <w:pPr>
               <w:spacing w:before="140" w:after="113"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005911B5">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
               </w:rPr>
               <w:t xml:space="preserve">Please return this form to: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3337342B" w14:textId="5628FA08" w:rsidR="00D16D41" w:rsidRPr="005911B5" w:rsidRDefault="00AF68F6" w:rsidP="00D63677">
+          <w:p w14:paraId="3337342B" w14:textId="5628FA08" w:rsidR="00D16D41" w:rsidRPr="005911B5" w:rsidRDefault="003E7199" w:rsidP="00D63677">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
-              <w:r w:rsidR="003E7199" w:rsidRPr="004B62C3">
+              <w:r w:rsidRPr="004B62C3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>membership@ciat.global</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="260" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="67D9190E" w14:textId="77777777" w:rsidR="00D16D41" w:rsidRPr="005911B5" w:rsidRDefault="00D16D41" w:rsidP="00D63677">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -5734,177 +5411,191 @@
                 <w:caps/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005911B5">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
               </w:rPr>
               <w:t>For</w:t>
             </w:r>
             <w:r w:rsidR="00B2423A">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
               </w:rPr>
               <w:t xml:space="preserve"> any queries please contact</w:t>
             </w:r>
             <w:r w:rsidR="000E2111">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="46A0FCB4" w14:textId="6D54B098" w:rsidR="00D16D41" w:rsidRPr="005911B5" w:rsidRDefault="00D16D41" w:rsidP="009F6AEE">
+          <w:p w14:paraId="71BE7D82" w14:textId="77777777" w:rsidR="00D16D41" w:rsidRDefault="00D16D41" w:rsidP="009F6AEE">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63677">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>T.</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> +44 (0)20 7278 2206</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46A0FCB4" w14:textId="6397F629" w:rsidR="000F1CEE" w:rsidRPr="005911B5" w:rsidRDefault="000F1CEE" w:rsidP="009F6AEE">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D63677">
-[...9 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1"/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r w:rsidRPr="00EE551E">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>membership@ciat.global</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="49002B7F" w14:textId="3EA63601" w:rsidR="004D63CC" w:rsidRPr="00283F28" w:rsidRDefault="004D63CC" w:rsidP="009F6AEE"/>
     <w:sectPr w:rsidR="004D63CC" w:rsidRPr="00283F28" w:rsidSect="009F6AEE">
       <w:footerReference w:type="default" r:id="rId22"/>
       <w:headerReference w:type="first" r:id="rId23"/>
       <w:footerReference w:type="first" r:id="rId24"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="567" w:right="850" w:bottom="850" w:left="850" w:header="504" w:footer="504" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="762DBFE5" w14:textId="77777777" w:rsidR="00AF68F6" w:rsidRDefault="00AF68F6">
+    <w:p w14:paraId="04C5D07F" w14:textId="77777777" w:rsidR="006A6F43" w:rsidRDefault="006A6F43">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="118E2076" w14:textId="77777777" w:rsidR="00AF68F6" w:rsidRDefault="00AF68F6">
+    <w:p w14:paraId="238D2BE2" w14:textId="77777777" w:rsidR="006A6F43" w:rsidRDefault="006A6F43">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial (Theme Body)">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Segoe UI"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="15CEF3A6" w14:textId="228D9103" w:rsidR="0024112F" w:rsidRDefault="0024112F" w:rsidP="0092338C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="center" w:pos="10683"/>
       </w:tabs>
     </w:pPr>
     <w:r w:rsidRPr="00257710">
       <w:rPr>
         <w:b/>
         <w:spacing w:val="0"/>
       </w:rPr>
       <w:t>CIAT</w:t>
     </w:r>
     <w:r w:rsidRPr="00847115">
       <w:t xml:space="preserve"> |</w:t>
     </w:r>
     <w:r w:rsidRPr="00B742D5">
       <w:t xml:space="preserve"> Application Form</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> for </w:t>
     </w:r>
@@ -5923,51 +5614,51 @@
     <w:r>
       <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidRPr="00D46A95">
       <w:rPr>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5600AF3F" w14:textId="304ACF0E" w:rsidR="0024112F" w:rsidRPr="007D1CD8" w:rsidRDefault="0024112F" w:rsidP="007D1CD8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="center" w:pos="10683"/>
       </w:tabs>
     </w:pPr>
     <w:r w:rsidRPr="00257710">
       <w:rPr>
         <w:b/>
         <w:spacing w:val="0"/>
       </w:rPr>
       <w:t>CIAT</w:t>
     </w:r>
     <w:r w:rsidRPr="00847115">
       <w:t xml:space="preserve"> | </w:t>
     </w:r>
     <w:r w:rsidR="00B348A8">
       <w:t>AGBC</w:t>
     </w:r>
     <w:r w:rsidRPr="00B742D5">
       <w:t xml:space="preserve"> Application Form</w:t>
     </w:r>
@@ -5980,51 +5671,51 @@
     <w:r>
       <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidRPr="00D46A95">
       <w:rPr>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="69215FAD" w14:textId="77777777" w:rsidR="0024112F" w:rsidRDefault="0024112F" w:rsidP="0092338C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="center" w:pos="10683"/>
       </w:tabs>
     </w:pPr>
     <w:r w:rsidRPr="00257710">
       <w:rPr>
         <w:b/>
         <w:spacing w:val="0"/>
       </w:rPr>
       <w:t>CIAT</w:t>
     </w:r>
     <w:r w:rsidRPr="00847115">
       <w:t xml:space="preserve"> | </w:t>
     </w:r>
     <w:r w:rsidRPr="00B742D5">
       <w:t>Membership Application Form</w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
@@ -6034,51 +5725,51 @@
     <w:r>
       <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidRPr="00153482">
       <w:rPr>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3C964E6E" w14:textId="77777777" w:rsidR="0024112F" w:rsidRDefault="0024112F" w:rsidP="00257710">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="center" w:pos="10683"/>
       </w:tabs>
     </w:pPr>
     <w:r w:rsidRPr="00257710">
       <w:rPr>
         <w:b/>
         <w:spacing w:val="0"/>
       </w:rPr>
       <w:t>CIAT</w:t>
     </w:r>
     <w:r w:rsidRPr="00847115">
       <w:t xml:space="preserve"> | </w:t>
     </w:r>
     <w:r w:rsidRPr="00B742D5">
       <w:t>Membership Application Form</w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
@@ -6088,76 +5779,76 @@
     <w:r>
       <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidRPr="00383D00">
       <w:rPr>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7746981B" w14:textId="77777777" w:rsidR="00AF68F6" w:rsidRDefault="00AF68F6">
+    <w:p w14:paraId="3EBAC2F4" w14:textId="77777777" w:rsidR="006A6F43" w:rsidRDefault="006A6F43">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="21957C54" w14:textId="77777777" w:rsidR="00AF68F6" w:rsidRDefault="00AF68F6">
+    <w:p w14:paraId="32071038" w14:textId="77777777" w:rsidR="006A6F43" w:rsidRDefault="006A6F43">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4358A761" w14:textId="061D09F2" w:rsidR="0024112F" w:rsidRDefault="0089018D" w:rsidP="007D1CD8">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r w:rsidRPr="005832F5">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="649E42F5" wp14:editId="3A592070">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>5761990</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-60959</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="715540" cy="727566"/>
           <wp:effectExtent l="0" t="0" r="8890" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="3" name="Picture 3" descr="Shape&#10;&#10;Description automatically generated with medium confidence"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -6207,51 +5898,51 @@
   </w:p>
   <w:p w14:paraId="3B19FE31" w14:textId="4AD5C616" w:rsidR="0024112F" w:rsidRDefault="0024112F" w:rsidP="007D1CD8">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="6F39825A" w14:textId="77777777" w:rsidR="0024112F" w:rsidRDefault="0024112F" w:rsidP="007D1CD8">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="0C4AADC3" w14:textId="77777777" w:rsidR="0024112F" w:rsidRDefault="0024112F" w:rsidP="007D1CD8">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="27F8B715" w14:textId="33F4ACDE" w:rsidR="0024112F" w:rsidRPr="007D1CD8" w:rsidRDefault="0024112F" w:rsidP="007D1CD8">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4E7E0DFC" w14:textId="77777777" w:rsidR="0024112F" w:rsidRDefault="0024112F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="54EB5290" w14:textId="77777777" w:rsidR="0024112F" w:rsidRDefault="0024112F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="62CB4C3B" w14:textId="77777777" w:rsidR="0024112F" w:rsidRDefault="0024112F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="2C385F2F" w14:textId="77777777" w:rsidR="0024112F" w:rsidRDefault="0024112F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="09A84932" w14:textId="77777777" w:rsidR="0024112F" w:rsidRDefault="0024112F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r w:rsidRPr="002C7803">
@@ -6287,51 +5978,51 @@
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2609850" cy="584200"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="E908624E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7F"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="820C90A6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
@@ -7267,101 +6958,101 @@
   <w:num w:numId="4" w16cid:durableId="861742690">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="65496973">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="374427621">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="764493003">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="151414830">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="67002214">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1981688200">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="360"/>
   <w:drawingGridVerticalSpacing w:val="360"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C25668"/>
     <w:rsid w:val="00013FEC"/>
     <w:rsid w:val="00015229"/>
     <w:rsid w:val="0001571D"/>
     <w:rsid w:val="00015E03"/>
     <w:rsid w:val="00021D1E"/>
     <w:rsid w:val="00050B27"/>
     <w:rsid w:val="0005629C"/>
     <w:rsid w:val="000621DE"/>
     <w:rsid w:val="00063BFD"/>
     <w:rsid w:val="0006549C"/>
     <w:rsid w:val="00065616"/>
     <w:rsid w:val="000807A7"/>
     <w:rsid w:val="000851AC"/>
     <w:rsid w:val="00093FA6"/>
     <w:rsid w:val="000A04BE"/>
     <w:rsid w:val="000A7AD9"/>
     <w:rsid w:val="000C30B9"/>
     <w:rsid w:val="000E2111"/>
     <w:rsid w:val="000F141C"/>
+    <w:rsid w:val="000F1CEE"/>
     <w:rsid w:val="000F209C"/>
     <w:rsid w:val="000F2F02"/>
     <w:rsid w:val="00101EC2"/>
     <w:rsid w:val="00123B28"/>
     <w:rsid w:val="00131499"/>
     <w:rsid w:val="00133F24"/>
     <w:rsid w:val="00143D89"/>
     <w:rsid w:val="00153482"/>
     <w:rsid w:val="00154173"/>
     <w:rsid w:val="00163EC2"/>
     <w:rsid w:val="00165B38"/>
     <w:rsid w:val="001B436B"/>
     <w:rsid w:val="001D07A6"/>
     <w:rsid w:val="001E1C78"/>
     <w:rsid w:val="001E7EB7"/>
     <w:rsid w:val="001F02BC"/>
     <w:rsid w:val="001F1906"/>
     <w:rsid w:val="001F44C9"/>
     <w:rsid w:val="001F79E9"/>
     <w:rsid w:val="0020135E"/>
     <w:rsid w:val="00203F74"/>
     <w:rsid w:val="00215489"/>
     <w:rsid w:val="002172E6"/>
     <w:rsid w:val="00217CCB"/>
     <w:rsid w:val="00217F2B"/>
@@ -7385,140 +7076,143 @@
     <w:rsid w:val="00276C4F"/>
     <w:rsid w:val="00282BF0"/>
     <w:rsid w:val="00283F28"/>
     <w:rsid w:val="00294D53"/>
     <w:rsid w:val="002A4CD6"/>
     <w:rsid w:val="002C06B6"/>
     <w:rsid w:val="002C0760"/>
     <w:rsid w:val="002C1CF3"/>
     <w:rsid w:val="002C3D2D"/>
     <w:rsid w:val="002C7803"/>
     <w:rsid w:val="002C7DB1"/>
     <w:rsid w:val="002D20DD"/>
     <w:rsid w:val="002E7518"/>
     <w:rsid w:val="002F1AD8"/>
     <w:rsid w:val="0031146E"/>
     <w:rsid w:val="00316DF8"/>
     <w:rsid w:val="00330CF9"/>
     <w:rsid w:val="00330E8C"/>
     <w:rsid w:val="00342084"/>
     <w:rsid w:val="0034317A"/>
     <w:rsid w:val="00347952"/>
     <w:rsid w:val="00352619"/>
     <w:rsid w:val="00364343"/>
     <w:rsid w:val="00366495"/>
     <w:rsid w:val="00370354"/>
+    <w:rsid w:val="0037180B"/>
     <w:rsid w:val="00377596"/>
     <w:rsid w:val="00383D00"/>
     <w:rsid w:val="00383E8D"/>
     <w:rsid w:val="00387D52"/>
     <w:rsid w:val="00391BDB"/>
     <w:rsid w:val="00397CB9"/>
     <w:rsid w:val="003A4BB5"/>
     <w:rsid w:val="003A59C0"/>
     <w:rsid w:val="003B0851"/>
     <w:rsid w:val="003B2D05"/>
     <w:rsid w:val="003B78F2"/>
     <w:rsid w:val="003C449F"/>
     <w:rsid w:val="003C57FF"/>
     <w:rsid w:val="003D15E4"/>
     <w:rsid w:val="003D29C0"/>
     <w:rsid w:val="003D704F"/>
     <w:rsid w:val="003E0E5A"/>
     <w:rsid w:val="003E164E"/>
     <w:rsid w:val="003E6648"/>
     <w:rsid w:val="003E7199"/>
     <w:rsid w:val="003F1BF3"/>
     <w:rsid w:val="00404BD7"/>
     <w:rsid w:val="00412D68"/>
     <w:rsid w:val="00430CCD"/>
     <w:rsid w:val="0044388D"/>
     <w:rsid w:val="004568D1"/>
     <w:rsid w:val="00457631"/>
     <w:rsid w:val="00460375"/>
     <w:rsid w:val="0046563D"/>
     <w:rsid w:val="00466A33"/>
     <w:rsid w:val="00472D44"/>
     <w:rsid w:val="00481169"/>
     <w:rsid w:val="00482EA3"/>
     <w:rsid w:val="00483830"/>
     <w:rsid w:val="00487034"/>
     <w:rsid w:val="004A4484"/>
     <w:rsid w:val="004A55BD"/>
     <w:rsid w:val="004B3F36"/>
     <w:rsid w:val="004C0076"/>
     <w:rsid w:val="004C5B7A"/>
     <w:rsid w:val="004D2464"/>
     <w:rsid w:val="004D4690"/>
     <w:rsid w:val="004D63CC"/>
     <w:rsid w:val="004F0326"/>
     <w:rsid w:val="004F4BBE"/>
+    <w:rsid w:val="004F4E3C"/>
     <w:rsid w:val="005004A4"/>
     <w:rsid w:val="00507E74"/>
     <w:rsid w:val="0051257A"/>
     <w:rsid w:val="00512DA6"/>
     <w:rsid w:val="005155DB"/>
     <w:rsid w:val="00515D35"/>
     <w:rsid w:val="00516AF3"/>
     <w:rsid w:val="0052133D"/>
     <w:rsid w:val="005256AF"/>
     <w:rsid w:val="005263F0"/>
     <w:rsid w:val="00527C17"/>
     <w:rsid w:val="00535C2D"/>
     <w:rsid w:val="005476E8"/>
     <w:rsid w:val="005531ED"/>
     <w:rsid w:val="00554377"/>
     <w:rsid w:val="00560677"/>
     <w:rsid w:val="00562F77"/>
     <w:rsid w:val="0057015F"/>
     <w:rsid w:val="00570C6B"/>
     <w:rsid w:val="00573F73"/>
     <w:rsid w:val="0057428E"/>
     <w:rsid w:val="0057705D"/>
     <w:rsid w:val="00577126"/>
     <w:rsid w:val="0058113C"/>
     <w:rsid w:val="005832F5"/>
     <w:rsid w:val="005911B5"/>
     <w:rsid w:val="00594B81"/>
     <w:rsid w:val="00597239"/>
     <w:rsid w:val="005A4E6C"/>
     <w:rsid w:val="005A54A4"/>
     <w:rsid w:val="005A6775"/>
     <w:rsid w:val="005D0317"/>
     <w:rsid w:val="005D5E1B"/>
     <w:rsid w:val="005E0208"/>
     <w:rsid w:val="005E11F8"/>
     <w:rsid w:val="005E164B"/>
     <w:rsid w:val="005E2334"/>
     <w:rsid w:val="005F1BAA"/>
     <w:rsid w:val="005F6DB6"/>
     <w:rsid w:val="00601E10"/>
     <w:rsid w:val="00603881"/>
     <w:rsid w:val="00605A67"/>
     <w:rsid w:val="00610F94"/>
     <w:rsid w:val="00615774"/>
     <w:rsid w:val="0062088D"/>
+    <w:rsid w:val="00623C42"/>
     <w:rsid w:val="00633F46"/>
     <w:rsid w:val="00637C2F"/>
     <w:rsid w:val="006516BB"/>
     <w:rsid w:val="00654D61"/>
     <w:rsid w:val="0065507B"/>
     <w:rsid w:val="0066133D"/>
     <w:rsid w:val="00675A8D"/>
     <w:rsid w:val="006807C3"/>
     <w:rsid w:val="00685785"/>
     <w:rsid w:val="00695CEF"/>
     <w:rsid w:val="006A6F43"/>
     <w:rsid w:val="006A762C"/>
     <w:rsid w:val="006C4A19"/>
     <w:rsid w:val="006C530F"/>
     <w:rsid w:val="006D04A4"/>
     <w:rsid w:val="006D71E8"/>
     <w:rsid w:val="006E2CCC"/>
     <w:rsid w:val="006E6470"/>
     <w:rsid w:val="006F177E"/>
     <w:rsid w:val="006F52D1"/>
     <w:rsid w:val="006F5511"/>
     <w:rsid w:val="007015B7"/>
     <w:rsid w:val="00710BA0"/>
     <w:rsid w:val="00712B5E"/>
     <w:rsid w:val="00712C11"/>
@@ -7615,68 +7309,66 @@
     <w:rsid w:val="00A113A0"/>
     <w:rsid w:val="00A12E71"/>
     <w:rsid w:val="00A13360"/>
     <w:rsid w:val="00A31F71"/>
     <w:rsid w:val="00A34A41"/>
     <w:rsid w:val="00A3621F"/>
     <w:rsid w:val="00A37E3B"/>
     <w:rsid w:val="00A431EC"/>
     <w:rsid w:val="00A43BB9"/>
     <w:rsid w:val="00A47DC4"/>
     <w:rsid w:val="00A572EE"/>
     <w:rsid w:val="00A72062"/>
     <w:rsid w:val="00A86D25"/>
     <w:rsid w:val="00A97B08"/>
     <w:rsid w:val="00AA2710"/>
     <w:rsid w:val="00AA6D3A"/>
     <w:rsid w:val="00AC360E"/>
     <w:rsid w:val="00AC37CB"/>
     <w:rsid w:val="00AC6FEB"/>
     <w:rsid w:val="00AC7083"/>
     <w:rsid w:val="00AD4B31"/>
     <w:rsid w:val="00AD619E"/>
     <w:rsid w:val="00AE028B"/>
     <w:rsid w:val="00AE1762"/>
     <w:rsid w:val="00AE5786"/>
-    <w:rsid w:val="00AF68F6"/>
     <w:rsid w:val="00B01745"/>
     <w:rsid w:val="00B14001"/>
     <w:rsid w:val="00B2423A"/>
     <w:rsid w:val="00B25E1F"/>
     <w:rsid w:val="00B268AC"/>
     <w:rsid w:val="00B30F02"/>
     <w:rsid w:val="00B348A8"/>
     <w:rsid w:val="00B35DE6"/>
     <w:rsid w:val="00B37915"/>
     <w:rsid w:val="00B41590"/>
     <w:rsid w:val="00B45859"/>
     <w:rsid w:val="00B47C44"/>
     <w:rsid w:val="00B6238F"/>
     <w:rsid w:val="00B63D75"/>
     <w:rsid w:val="00B742D5"/>
     <w:rsid w:val="00B759C0"/>
-    <w:rsid w:val="00B80004"/>
     <w:rsid w:val="00B934FC"/>
     <w:rsid w:val="00BA2475"/>
     <w:rsid w:val="00BA26AC"/>
     <w:rsid w:val="00BB20F0"/>
     <w:rsid w:val="00BB6C3A"/>
     <w:rsid w:val="00BC39E8"/>
     <w:rsid w:val="00BC4C47"/>
     <w:rsid w:val="00BD5A6F"/>
     <w:rsid w:val="00BD74E9"/>
     <w:rsid w:val="00BE53D8"/>
     <w:rsid w:val="00BE7180"/>
     <w:rsid w:val="00BF509C"/>
     <w:rsid w:val="00C072DC"/>
     <w:rsid w:val="00C07BC4"/>
     <w:rsid w:val="00C10DF8"/>
     <w:rsid w:val="00C17D59"/>
     <w:rsid w:val="00C235ED"/>
     <w:rsid w:val="00C25668"/>
     <w:rsid w:val="00C364AF"/>
     <w:rsid w:val="00C37B4E"/>
     <w:rsid w:val="00C44FD8"/>
     <w:rsid w:val="00C5153B"/>
     <w:rsid w:val="00C51D5E"/>
     <w:rsid w:val="00C7089D"/>
     <w:rsid w:val="00C71E1E"/>
@@ -7788,51 +7480,51 @@
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapRight/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="subSup"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2672BE34"/>
   <w15:docId w15:val="{B4D35FC6-D161-402B-958D-1C637AD71412}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8720,99 +8412,99 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0083409D"/>
     <w:rPr>
       <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00562F77"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="602954920">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="614993124">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1692026430">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://architecturaltechnology.com/resource/code-of-conduct-2022-pdf.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://architecturaltechnology.com/resource/code-of-conduct-2022-pdf.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://architecturaltechnology.com/resource/code-of-conduct-2022-pdf.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:membership@ciat.global" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://architecturaltechnology.com/joining/agbc.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://architecturaltechnology.com/privacy-policy.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:membership@ciat.global" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:membership@ciat.global" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://architecturaltechnology.com/resource/code-of-conduct-2022-pdf.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:membership@ciat.global" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://architecturaltechnology.com/resource/code-of-conduct-2022-pdf.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://architecturaltechnology.com/resource/code-of-conduct-2022-pdf.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:membership@ciat.global" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://architecturaltechnology.com/resource/code-of-conduct-2022-pdf.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:membership@ciat.global" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://architecturaltechnology.com/joining/agbc.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://architecturaltechnology.com/privacy-policy.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:membership@ciat.global" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:membership@ciat.global" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://architecturaltechnology.com/resource/code-of-conduct-2022-pdf.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:membership@ciat.global" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Custom 349">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -9101,90 +8793,352 @@
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100773DF4797432E446A7F42C4ACD676EEE" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="32807e488c3835c0f49f90c6ffdbb4b6">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a65bdbb7-e142-4cc8-a754-4c8c2e138917" xmlns:ns3="09e29a49-8920-41ab-926e-c67fcf063c36" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="da561bcd56d604955e67853a224297fc" ns2:_="" ns3:_="">
+    <xsd:import namespace="a65bdbb7-e142-4cc8-a754-4c8c2e138917"/>
+    <xsd:import namespace="09e29a49-8920-41ab-926e-c67fcf063c36"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a65bdbb7-e142-4cc8-a754-4c8c2e138917" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="11" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="14" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="15" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="17" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="4c47d887-e81c-4b31-a6d0-146de63810c0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="09e29a49-8920-41ab-926e-c67fcf063c36" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="18" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{2bec990c-fae2-4cb1-87c6-37c15c221f4b}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="09e29a49-8920-41ab-926e-c67fcf063c36">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a65bdbb7-e142-4cc8-a754-4c8c2e138917">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="09e29a49-8920-41ab-926e-c67fcf063c36" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8FC5F429-D77A-488F-9FD6-2F46F74D1D08}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6DD1E582-5006-41E4-BD96-136DE4047238}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7B9C37C3-2E0F-4635-AC3D-6874CBA9BAFA}"/>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{018954D7-3EBC-4436-9848-0F539148AEEC}"/>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>907</Words>
-  <Characters>5176</Characters>
+  <Words>892</Words>
+  <Characters>5087</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>43</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>42</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>CIAT Membership Form</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6071</CharactersWithSpaces>
+  <CharactersWithSpaces>5968</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>CIAT Membership Form</dc:title>
   <dc:subject/>
   <dc:creator>Christine Ashton</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100773DF4797432E446A7F42C4ACD676EEE</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
+    <vt:r8>6626000</vt:r8>
+  </property>
+</Properties>
+</file>